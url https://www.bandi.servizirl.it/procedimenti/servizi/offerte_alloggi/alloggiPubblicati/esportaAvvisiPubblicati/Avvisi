--- v0 (2025-12-13)
+++ v1 (2026-03-13)
@@ -25,236 +25,221 @@
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\alfredo.conti\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr documentId="13_ncr:1_{831DE0C3-A540-4089-94F6-74596ACBCA2B}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47"/>
   <bookViews>
     <workbookView windowHeight="11500" windowWidth="19420" xWindow="-110" xr2:uid="{CF347E83-1EF0-4BB4-94D7-2A8199751B49}" yWindow="-110"/>
   </bookViews>
   <sheets>
     <sheet name="Elenco Avvisi aperti" r:id="rId1" sheetId="1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="57">
   <si>
     <t>ID Avviso</t>
   </si>
   <si>
     <t>Piano di Zona</t>
   </si>
   <si>
     <t>Servizi abitativi di Regione Lombardia</t>
   </si>
   <si>
     <t>Data e ora di apertura dell'Avviso ai cittadini</t>
   </si>
   <si>
     <t>Data e ora di chiusura dell'Avviso ai cittadini</t>
   </si>
   <si>
     <t>Avvisi aperti al</t>
   </si>
   <si>
     <t>Comune capofila</t>
   </si>
   <si>
     <t>Comuni del Piano di Zona</t>
   </si>
   <si>
     <t>Anno Regolamento</t>
   </si>
   <si>
-    <t>13/12/2025 05:30:02</t>
-[...2 lines deleted...]
-    <t>12544</t>
+    <t>14/03/2026 00:30:02</t>
+  </si>
+  <si>
+    <t>12662</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>ALTO SEBINO</t>
-[...146 lines deleted...]
-    <t>ALBIOLO, APPIANO GENTILE, BEREGAZZO CON FIGLIARO, BINAGO, BIZZARONE, BULGAROGRASSO, CASTELNUOVO BOZZENTE, COLVERDE, FALOPPIO, GUANZATE, LURATE CACCIVIO, OLGIATE COMASCO, OLTRONA DI SAN MAMETTE, RODERO, RONAGO, SOLBIATE CON CAGNO, UGGIATE CON RONAGO, UGGIATE TREVANO, VALMOREA, VENIANO, VILLA GUARDIA</t>
+    <t>BERGAMO</t>
+  </si>
+  <si>
+    <t>COMUNE DI BERGAMO</t>
+  </si>
+  <si>
+    <t>BERGAMO, GORLE, ORIO AL SERIO, PONTERANICA, SORISOLE, TORRE BOLDONE</t>
+  </si>
+  <si>
+    <t>02/03/2026 09:00</t>
+  </si>
+  <si>
+    <t>13/04/2026 12:00</t>
+  </si>
+  <si>
+    <t>12642</t>
+  </si>
+  <si>
+    <t>BRESCIA EST</t>
+  </si>
+  <si>
+    <t>COMUNE DI MAZZANO</t>
+  </si>
+  <si>
+    <t>AZZANO MELLA, BORGOSATOLLO, BOTTICINO, CAPRIANO DEL COLLE, CASTENEDOLO, FLERO, MAZZANO, MONTIRONE, NUVOLENTO, NUVOLERA, PONCARALE, REZZATO, SAN ZENO NAVIGLIO</t>
+  </si>
+  <si>
+    <t>12/02/2026 15:00</t>
+  </si>
+  <si>
+    <t>08/04/2026 13:00</t>
+  </si>
+  <si>
+    <t>12762</t>
+  </si>
+  <si>
+    <t>BRESCIA OVEST</t>
+  </si>
+  <si>
+    <t>COMUNE DI OSPITALETTO</t>
+  </si>
+  <si>
+    <t>BERLINGO, CASTEGNATO, CASTEL MELLA, CELLATICA, GUSSAGO, OME, OSPITALETTO, RODENGO-SAIANO, RONCADELLE, TORBOLE CASAGLIA, TRAVAGLIATO</t>
+  </si>
+  <si>
+    <t>10/03/2026 12:00</t>
+  </si>
+  <si>
+    <t>04/05/2026 12:00</t>
+  </si>
+  <si>
+    <t>12782</t>
+  </si>
+  <si>
+    <t>CARATE BRIANZA</t>
+  </si>
+  <si>
+    <t>COMUNE DI BIASSONO</t>
+  </si>
+  <si>
+    <t>ALBIATE, BESANA IN BRIANZA, BIASSONO, BRIOSCO, CARATE BRIANZA, LISSONE, MACHERIO, RENATE, SOVICO, TRIUGGIO, VEDANO AL LAMBRO, VEDUGGIO CON COLZANO, VERANO BRIANZA</t>
+  </si>
+  <si>
+    <t>11/03/2026 09:00</t>
+  </si>
+  <si>
+    <t>13/04/2026 18:00</t>
+  </si>
+  <si>
+    <t>12643</t>
+  </si>
+  <si>
+    <t>CERNUSCO SUL NAVIGLIO</t>
+  </si>
+  <si>
+    <t>COMUNE DI GORGONZOLA</t>
+  </si>
+  <si>
+    <t>BELLINZAGO LOMBARDO, BUSSERO, CAMBIAGO, CARUGATE, CASSINA DE PECCHI, CERNUSCO SUL NAVIGLIO, GESSATE, GORGONZOLA, PESSANO CON BORNAGO</t>
+  </si>
+  <si>
+    <t>16/02/2026 12:00</t>
+  </si>
+  <si>
+    <t>23/03/2026 23:59</t>
+  </si>
+  <si>
+    <t>12822</t>
+  </si>
+  <si>
+    <t>CINISELLO BALSAMO</t>
+  </si>
+  <si>
+    <t>COMUNE DI CINISELLO BALSAMO</t>
+  </si>
+  <si>
+    <t>BRESSO, CINISELLO BALSAMO, CORMANO, CUSANO MILANINO</t>
+  </si>
+  <si>
+    <t>10/03/2026 10:00</t>
+  </si>
+  <si>
+    <t>12742</t>
+  </si>
+  <si>
+    <t>MANTOVA</t>
+  </si>
+  <si>
+    <t>COMUNE DI MANTOVA</t>
+  </si>
+  <si>
+    <t>BAGNOLO SAN VITO, BORGO VIRGILIO, CASTEL D'ARIO, CASTELBELFORTE, CASTELLUCCHIO, CURTATONE, MANTOVA, MARMIROLO, PORTO MANTOVANO, RODIGO, RONCOFERRARO, ROVERBELLA, SAN GIORGIO BIGARELLO, VILLIMPENTA</t>
+  </si>
+  <si>
+    <t>24/04/2026 12:00</t>
+  </si>
+  <si>
+    <t>12682</t>
+  </si>
+  <si>
+    <t>MELZO</t>
+  </si>
+  <si>
+    <t>COMUNE DI MELZO</t>
+  </si>
+  <si>
+    <t>CASSANO D'ADDA, INZAGO, LISCATE, MELZO, POZZUOLO MARTESANA, SETTALA, TRUCCAZZANO, VIGNATE</t>
+  </si>
+  <si>
+    <t>11/02/2026 10:00</t>
+  </si>
+  <si>
+    <t>25/03/2026 23:59</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -617,51 +602,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" name="Office 2013 - 2022 Theme" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDCE19F2-8C38-4780-9EEF-A322195DDC2A}">
-  <dimension ref="A1:L14"/>
+  <dimension ref="A1:L13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="2" customWidth="true" width="20.54296875" collapsed="false"/>
     <col min="3" max="4" customWidth="true" width="25.6328125" collapsed="false"/>
     <col min="5" max="5" customWidth="true" width="26.6328125" collapsed="false"/>
     <col min="6" max="6" customWidth="true" width="47.90625" collapsed="false"/>
     <col min="7" max="7" customWidth="true" width="46.453125" collapsed="false"/>
   </cols>
   <sheetData>
     <row ht="18.5" r="1" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
@@ -738,218 +723,195 @@
       </c>
       <c r="E6" t="s" s="7">
         <v>14</v>
       </c>
       <c r="F6" t="s" s="7">
         <v>15</v>
       </c>
       <c r="G6" t="s" s="7">
         <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="7">
         <v>17</v>
       </c>
       <c r="B7" t="s" s="7">
         <v>11</v>
       </c>
       <c r="C7" t="s" s="7">
         <v>18</v>
       </c>
       <c r="D7" t="s" s="7">
         <v>19</v>
       </c>
       <c r="E7" t="s" s="7">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="7">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s" s="7">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="C8" t="s" s="7">
         <v>24</v>
       </c>
       <c r="D8" t="s" s="7">
         <v>25</v>
       </c>
       <c r="E8" t="s" s="7">
         <v>26</v>
       </c>
       <c r="F8" t="s" s="7">
         <v>27</v>
       </c>
       <c r="G8" t="s" s="7">
         <v>28</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="7">
         <v>29</v>
       </c>
       <c r="B9" t="s" s="7">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="C9" t="s" s="7">
         <v>30</v>
       </c>
       <c r="D9" t="s" s="7">
         <v>31</v>
       </c>
       <c r="E9" t="s" s="7">
         <v>32</v>
       </c>
       <c r="F9" t="s" s="7">
         <v>33</v>
       </c>
       <c r="G9" t="s" s="7">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="7">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B10" t="s" s="7">
         <v>11</v>
       </c>
       <c r="C10" t="s" s="7">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D10" t="s" s="7">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E10" t="s" s="7">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F10" t="s" s="7">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G10" t="s" s="7">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="7">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B11" t="s" s="7">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="C11" t="s" s="7">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D11" t="s" s="7">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E11" t="s" s="7">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F11" t="s" s="7">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G11" t="s" s="7">
-        <v>45</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="7">
         <v>46</v>
       </c>
       <c r="B12" t="s" s="7">
         <v>11</v>
       </c>
       <c r="C12" t="s" s="7">
         <v>47</v>
       </c>
       <c r="D12" t="s" s="7">
         <v>48</v>
       </c>
       <c r="E12" t="s" s="7">
         <v>49</v>
       </c>
       <c r="F12" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s" s="7">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s" s="7">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B13" t="s" s="7">
         <v>11</v>
       </c>
       <c r="C13" t="s" s="7">
+        <v>52</v>
+      </c>
+      <c r="D13" t="s" s="7">
         <v>53</v>
       </c>
-      <c r="D13" t="s" s="7">
+      <c r="E13" t="s" s="7">
         <v>54</v>
       </c>
-      <c r="E13" t="s" s="7">
+      <c r="F13" t="s" s="7">
         <v>55</v>
       </c>
-      <c r="F13" t="s" s="7">
+      <c r="G13" t="s" s="7">
         <v>56</v>
-      </c>
-[...24 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">